--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d9c2f83f72d46e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdab2f6a91494cc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91945cc8402f46f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49223cf2766442a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf48ea1d7f6564949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91945cc8402f46f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0a379d38c814599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49223cf2766442a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>InsightGrowth Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>114,709</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>