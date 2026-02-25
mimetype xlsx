--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdab2f6a91494cc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffbb1da538dc4c37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49223cf2766442a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bbed643f0794d04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0a379d38c814599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49223cf2766442a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b84e9a992d54212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bbed643f0794d04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>InsightGrowth Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>