--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf627c76d35de499a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f52d6c6f28648ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3e4c244de804570"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfd8eb21f0d34790"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27cf03eb733e47be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3e4c244de804570" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf108201883834c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfd8eb21f0d34790" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4D Aktien lebenswerte Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,492 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>65,256</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>