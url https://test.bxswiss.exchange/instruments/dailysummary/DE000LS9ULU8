--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f52d6c6f28648ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f8721b219794570" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfd8eb21f0d34790"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a5cb22fe57c4552"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf108201883834c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfd8eb21f0d34790" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bd92db5466f4cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a5cb22fe57c4552" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4D Aktien lebenswerte Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...292 lines deleted...]
-          <x:t>70,589</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...145 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>