--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1347ae7b63d44328" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba8af7b31dd34cdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R141f4a0afb6b4743"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e29f7b659194063"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19afc25f28df462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R141f4a0afb6b4743" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b64f3f17ad5452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e29f7b659194063" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto auf und davon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UM70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>33,022</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>