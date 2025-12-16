--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c4e6bc83e54396" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R955af8656a6d4e7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30f6b10682044922"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdae3a4cd3c0946b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3617cec7ad154205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30f6b10682044922" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf58c45b85fc84132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdae3a4cd3c0946b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>36,648</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,486</x:t>
-[...124 lines deleted...]
-          <x:t>37,214</x:t>
+          <x:t>37,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,006</x:t>
-[...355 lines deleted...]
-          <x:t>40,003</x:t>
+          <x:t>37,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>