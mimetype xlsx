--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R955af8656a6d4e7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4a7fe20f27f4886" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdae3a4cd3c0946b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9ef3c58ddc547bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf58c45b85fc84132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdae3a4cd3c0946b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0670c8305ae84507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9ef3c58ddc547bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...527 lines deleted...]
-          <x:t>37,050</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,155</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>37,399</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>