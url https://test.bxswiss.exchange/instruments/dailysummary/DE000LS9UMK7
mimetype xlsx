--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48b0e972c0704e76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca08f14057d46ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f8a178218a74380"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ff76039c4a24201"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67d4c9c9060b498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f8a178218a74380" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf072d42864624e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ff76039c4a24201" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>regelbasiertes MargenMonster</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>190,328</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>