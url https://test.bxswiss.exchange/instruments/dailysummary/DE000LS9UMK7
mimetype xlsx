--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca08f14057d46ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32d5be6dc26407c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ff76039c4a24201"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3723475e55e475f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf072d42864624e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ff76039c4a24201" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reabc847a24274061" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3723475e55e475f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>regelbasiertes MargenMonster</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...539 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>189,755</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>188,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>