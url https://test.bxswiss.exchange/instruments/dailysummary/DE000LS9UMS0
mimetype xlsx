--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8002c2055d8a4ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0c1290943884d16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ff35cf31e64426"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4092504120cc4398"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2327a966dfb4808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ff35cf31e64426" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cbbe254a2f043b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4092504120cc4398" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleiter Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,042</x:t>
-[...63 lines deleted...]
-          <x:t>37,214</x:t>
+          <x:t>36,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>