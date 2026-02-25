--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0c1290943884d16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R345714cfc4874642" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4092504120cc4398"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re02dcff645e64284"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cbbe254a2f043b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4092504120cc4398" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23781ab65cdd416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re02dcff645e64284" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleiter Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>37,298</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,118</x:t>
-[...151 lines deleted...]
-          <x:t>39,380</x:t>
+          <x:t>36,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,496</x:t>
-[...107 lines deleted...]
-          <x:t>36,617</x:t>
+          <x:t>37,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>