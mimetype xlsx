--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc972bd8c4e44a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff83c273428b4973" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc2c3c5303954e08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b48d60ef59e4fb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc49d6b2ae6f540ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc2c3c5303954e08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e8d6aa6b5cb4d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b48d60ef59e4fb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LF Global Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>161,860</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>