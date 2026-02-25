--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff83c273428b4973" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08172908ce034938" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b48d60ef59e4fb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra80fe36c90fc4d21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e8d6aa6b5cb4d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b48d60ef59e4fb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab13d1e3d0844081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra80fe36c90fc4d21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LF Global Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UMV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>