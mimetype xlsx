--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aab82db9f384616" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5946ffaf50244ce8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d0b35cdcb164ef3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c0a643d93294de5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00687633f02a42bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d0b35cdcb164ef3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb718278bab6466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c0a643d93294de5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Comebackkandidaten 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UN46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>210,279</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>