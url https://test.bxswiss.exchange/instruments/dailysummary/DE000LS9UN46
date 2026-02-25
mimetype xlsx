--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5946ffaf50244ce8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f33ca332a242df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c0a643d93294de5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9b275c1bd5f4906"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb718278bab6466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c0a643d93294de5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bf116f06bff4969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9b275c1bd5f4906" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Comebackkandidaten 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UN46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>