--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c19d048e34143e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffff9ee011394f0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d6e318d1744ac7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd52cbed24cd6421f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R183411e66aab475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d6e318d1744ac7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4331c5083e744b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd52cbed24cd6421f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Top Halbleiter Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UN79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>229,911</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>