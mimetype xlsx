--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffff9ee011394f0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf81189fbc3f24b82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd52cbed24cd6421f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60fbda1c3299436e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4331c5083e744b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd52cbed24cd6421f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d24943426e04090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60fbda1c3299436e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Top Halbleiter Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UN79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>