--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf24a31c387f44a68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf7be997e7894e54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra36f56fbbbf549a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9d5c99a909a4f5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R770ccb4db6a74ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra36f56fbbbf549a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fcc438743904747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9d5c99a909a4f5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech &amp; GreenTech Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,033</x:t>
-[...198 lines deleted...]
-          <x:t>37,238</x:t>
+          <x:t>37,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>