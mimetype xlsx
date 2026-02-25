--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf7be997e7894e54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R893c493ce9ac4085" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9d5c99a909a4f5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9fbcbb881014265"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fcc438743904747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9d5c99a909a4f5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2a1e129d26b4b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9fbcbb881014265" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech &amp; GreenTech Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,339</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>37,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>