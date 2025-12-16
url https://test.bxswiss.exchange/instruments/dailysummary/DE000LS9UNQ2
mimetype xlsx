--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3402580642da4f1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56a5c0f4a0ca49e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90541f836e36486e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8680fae5f493451a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8802ed46b5344a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90541f836e36486e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff4ac9dc003429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8680fae5f493451a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue.Flame</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UNQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>29,603</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,591</x:t>
-[...43 lines deleted...]
-          <x:t>29,702</x:t>
+          <x:t>29,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,649</x:t>
-[...124 lines deleted...]
-          <x:t>29,921</x:t>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,911</x:t>
-[...80 lines deleted...]
-          <x:t>30,142</x:t>
+          <x:t>29,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>