--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35cff97f685847c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R617927175d294889" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b437928d164f89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R320efa03ec974934"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R034de80fef39452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b437928d164f89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R664e43b62b5340c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R320efa03ec974934" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lone Wolfs Dividendenwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>121,153</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,227</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>122,297</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>