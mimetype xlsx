--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R617927175d294889" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra803848232b443ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R320efa03ec974934"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf25b0ab9339c4df7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R664e43b62b5340c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R320efa03ec974934" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7db5efaf8c6407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf25b0ab9339c4df7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lone Wolfs Dividendenwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>