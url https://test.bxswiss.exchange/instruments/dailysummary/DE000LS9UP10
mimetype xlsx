--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eea1490a6e945d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77e6e691c4dd4cb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf78d23cea85e488c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a644f0e73345d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree024a58bc534674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf78d23cea85e488c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d157fec2134d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a644f0e73345d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstrend- KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>286,675</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>