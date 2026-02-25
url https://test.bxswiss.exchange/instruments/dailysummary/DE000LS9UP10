--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77e6e691c4dd4cb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab40c5f7fb4f4c1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a644f0e73345d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R068da7dcedc74e84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d157fec2134d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a644f0e73345d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd9a745e08fe4a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R068da7dcedc74e84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstrend- KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>