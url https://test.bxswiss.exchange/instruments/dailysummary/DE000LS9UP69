--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R925228ffd3fa4242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4feeb02aaaf04cdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26769d6b4e7c4d45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7da99b8290054656"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R942f882f8ba1488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26769d6b4e7c4d45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f0424d3204b4e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7da99b8290054656" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment Masters Unleashed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>139,857</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>