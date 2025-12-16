--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refc9e0b9238b4ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f1eeaeb6584de1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd4ca0d347ff4662"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd82639903c7744ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dd567037cc24421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd4ca0d347ff4662" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R145c73f1c34c4acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd82639903c7744ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Whale Wisdom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>171,918</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>