--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f1eeaeb6584de1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bea2c4addeb4bd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd82639903c7744ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb52e0f250a649dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R145c73f1c34c4acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd82639903c7744ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81df1f61e6434f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb52e0f250a649dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Whale Wisdom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>