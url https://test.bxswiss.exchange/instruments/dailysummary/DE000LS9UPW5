--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d297ff5b98489c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra07ba4a7c1f04e8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b92bbf2819a47d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfef0c19e0c6344ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddfba56eba164824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b92bbf2819a47d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra092172496ab4463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfef0c19e0c6344ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stable-Basics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>205,545</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>