--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra07ba4a7c1f04e8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c95f270db944ee8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfef0c19e0c6344ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2e680baf33e4629"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra092172496ab4463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfef0c19e0c6344ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18a9ea2e1a834954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2e680baf33e4629" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stable-Basics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>