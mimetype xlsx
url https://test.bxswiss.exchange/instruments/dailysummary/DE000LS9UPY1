--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54ebc8d1e05545d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b0e81c2d704c45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb23278f4c85c4d63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbd1a981097f4a0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R543e7859f1134fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb23278f4c85c4d63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7ec5b73482f4fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbd1a981097f4a0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Topscorer nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>115,482</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,485</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>121,974</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>