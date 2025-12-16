--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef177464a994175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4429f8a9a3e4356" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41a45000fbd146d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cea0a1a051e43e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36df71c67d044a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41a45000fbd146d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7d04e942bcf42c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cea0a1a051e43e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selected Ideas Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQ68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>165,977</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>