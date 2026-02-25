--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4429f8a9a3e4356" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dd61b3dbf7a46a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cea0a1a051e43e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R779763ea90874191"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7d04e942bcf42c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cea0a1a051e43e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R880eede9089f4295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R779763ea90874191" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selected Ideas Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQ68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,597</x:t>
-[...495 lines deleted...]
-          <x:t>146,888</x:t>
+          <x:t>150,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>