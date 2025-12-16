--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0603e13e6e7a42d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R086f18252eb64192" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0037b13077c495f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa0fa3f8515c4d8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff6210e723ae4a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0037b13077c495f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5224fad67ba14fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa0fa3f8515c4d8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Growth Global - QGG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,799</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>