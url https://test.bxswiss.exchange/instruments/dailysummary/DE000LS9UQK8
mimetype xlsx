--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R086f18252eb64192" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1abfab16cac34c58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa0fa3f8515c4d8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7520001e813470b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5224fad67ba14fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa0fa3f8515c4d8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a59f88d6fee49f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7520001e813470b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Growth Global - QGG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>