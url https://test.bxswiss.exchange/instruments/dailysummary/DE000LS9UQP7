--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bc2f9c9c9bd4ec8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb550cc3a5d6e4c9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61000c0b7d664bc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd532419451144a80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R466c10142c414948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61000c0b7d664bc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e621f2b6821401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd532419451144a80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Growth Stocks 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>103,670</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,701</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>104,900</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>