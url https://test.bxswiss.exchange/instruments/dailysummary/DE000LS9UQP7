--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb550cc3a5d6e4c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1121227828b74f6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd532419451144a80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a40732f8a5c4873"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e621f2b6821401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd532419451144a80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf47f576bc2ad4643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a40732f8a5c4873" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Growth Stocks 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,919</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>