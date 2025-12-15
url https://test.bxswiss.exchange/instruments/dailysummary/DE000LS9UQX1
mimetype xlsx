--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re723d51f101740c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91e9e201deb94d9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc3cb8d14cf049f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R766db8799c9242b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cd78a39b2e64912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc3cb8d14cf049f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2e4de0dcb694e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R766db8799c9242b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech-Growth-Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>148,761</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>