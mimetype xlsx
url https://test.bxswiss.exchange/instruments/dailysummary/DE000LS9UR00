--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06abeb39f365468f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa75e9a681294c7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc48274f39fe0415e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d876b996c084f0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fd6f7e0488a481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc48274f39fe0415e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9567eeca81c4d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d876b996c084f0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Technologie Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>184,767</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,849</x:t>
-[...382 lines deleted...]
-          <x:t>192,908</x:t>
+          <x:t>186,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>