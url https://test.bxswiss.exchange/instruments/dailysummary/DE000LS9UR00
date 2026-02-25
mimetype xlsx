--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa75e9a681294c7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c56030de91b4e8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d876b996c084f0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c6915f85dd54f37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9567eeca81c4d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d876b996c084f0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeb4462f37824924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c6915f85dd54f37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Technologie Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>193,202</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,239</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>191,006</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>