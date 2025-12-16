--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbbe03ab6533460b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a953b19a8c14e5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R474e95ce7c884f83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca520ff11b7240bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9166db565fc475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R474e95ce7c884f83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93bbdbe2ac4b483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca520ff11b7240bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Driven Top Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>101,467</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>