--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a953b19a8c14e5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eb6855369864eed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca520ff11b7240bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R147c2600c343477b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93bbdbe2ac4b483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca520ff11b7240bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e19d46615ca4d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R147c2600c343477b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Driven Top Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>