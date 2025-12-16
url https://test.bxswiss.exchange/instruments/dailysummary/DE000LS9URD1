--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra27c60e73d974de4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5494aa19e8c84eff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7102bd92c5ba47de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R580a23ff0f494a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d67271e5ced4ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7102bd92c5ba47de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95239b60df99406c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R580a23ff0f494a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology Innovation Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>117,137</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>