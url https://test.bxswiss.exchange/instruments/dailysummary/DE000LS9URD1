--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5494aa19e8c84eff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5969a5f51c76474a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R580a23ff0f494a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39aa9d8af3ad4a22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95239b60df99406c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R580a23ff0f494a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1784aa9357224f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39aa9d8af3ad4a22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology Innovation Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...522 lines deleted...]
-          <x:t>137,900</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,265</x:t>
-[...53 lines deleted...]
-          <x:t>127,990</x:t>
+          <x:t>128,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>