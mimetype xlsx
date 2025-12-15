--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6e1c12eed734fb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc9da6fd755743e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe6aa309f1aa445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f687410130443e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87a2acab1d814397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe6aa309f1aa445c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde6a1af9b0d6428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f687410130443e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchainpioniere Bitcoin Miner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>507,869</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>