--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc9da6fd755743e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6795e6be49e4f16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f687410130443e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b2da9f6c8b64d4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde6a1af9b0d6428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f687410130443e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reed33b9efd2846a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b2da9f6c8b64d4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchainpioniere Bitcoin Miner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>319,319</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>