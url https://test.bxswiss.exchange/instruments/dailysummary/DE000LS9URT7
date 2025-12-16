--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644068f96fb94c4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da896e237ee4163" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R434e92cff31d4703"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b73c7cc8316482b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f93cf771d34c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R434e92cff31d4703" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91cf413eb3154b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b73c7cc8316482b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ANYOs Blue Chips Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>97,962</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,852</x:t>
-[...166 lines deleted...]
-          <x:t>98,382</x:t>
+          <x:t>98,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>