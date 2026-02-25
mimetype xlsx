--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da896e237ee4163" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec3162e5d12d481a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b73c7cc8316482b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dc5e7302e774dfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91cf413eb3154b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b73c7cc8316482b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb91aa53583a4477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dc5e7302e774dfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ANYOs Blue Chips Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>98,345</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,246</x:t>
-[...323 lines deleted...]
-          <x:t>98,656</x:t>
+          <x:t>98,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>