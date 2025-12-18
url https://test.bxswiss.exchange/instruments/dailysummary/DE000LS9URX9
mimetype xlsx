--- v0 (2025-10-03)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9afa461fcb04477d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cbda718ae5e417e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R598c1cdb874c4e2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R543a0108ebe34d04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47eb24854e294632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R598c1cdb874c4e2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76b01a9909bb495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R543a0108ebe34d04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Musikzug Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>125,878</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,813</x:t>
-[...276 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>126,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,642</x:t>
-[...48 lines deleted...]
-          <x:t>129,338</x:t>
+          <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,198</x:t>
-[...220 lines deleted...]
-          <x:t>132,901</x:t>
+          <x:t>128,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>