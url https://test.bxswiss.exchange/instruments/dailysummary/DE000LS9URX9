--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cbda718ae5e417e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7d8c4c97c8540ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R543a0108ebe34d04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R595f9cac3f694768"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76b01a9909bb495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R543a0108ebe34d04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0d569fb8dda4d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R595f9cac3f694768" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Musikzug Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...490 lines deleted...]
-          <x:t>131,561</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,127</x:t>
-[...112 lines deleted...]
-          <x:t>130,676</x:t>
+          <x:t>132,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>