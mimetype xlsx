--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8de48f1b30f4972" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19ac81d698324c7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a658b7dedd841a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R513eeac87bce42ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R007152cc604047b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a658b7dedd841a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R267f62e93be545d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R513eeac87bce42ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Les Quatre Saisons</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>240,805</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>