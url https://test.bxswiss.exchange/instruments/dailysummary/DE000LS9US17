--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19ac81d698324c7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7546e0cbd474e25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R513eeac87bce42ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R839f0a33f9464e57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R267f62e93be545d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R513eeac87bce42ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80be2e9fd016468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R839f0a33f9464e57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Les Quatre Saisons</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>