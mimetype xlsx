--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28a825607de043b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc97fef4e6af44b48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f258bd3834646f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1fcac05b7f4916"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6006ef346f3446a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f258bd3834646f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd075db1490344204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1fcac05b7f4916" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Best of Nasdaq 100 - Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,528</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>115,374</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>