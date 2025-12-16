--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12fd1b3837894513" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f6c9ba13b9c425f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0058dae6d5f34f5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd103acc03a9440e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345f691cc2c04108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0058dae6d5f34f5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a773944fa444c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd103acc03a9440e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Rocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>127,664</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>