--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f6c9ba13b9c425f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R609f5514d86c43da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd103acc03a9440e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radc041da25a5487a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a773944fa444c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd103acc03a9440e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R877e924b342644dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radc041da25a5487a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Rocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>