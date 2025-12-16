--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce6d4ab9fbba478a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f438a113b33401d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb439ec8c22ff4f26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87711ac6849348cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba29ea57a46d4b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb439ec8c22ff4f26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb924ca75cd6042b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87711ac6849348cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Top 20 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>178,988</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>