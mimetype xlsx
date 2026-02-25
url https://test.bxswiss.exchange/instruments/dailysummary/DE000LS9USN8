--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f438a113b33401d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1e059bee0de4c04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87711ac6849348cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7816f6888804e60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb924ca75cd6042b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87711ac6849348cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf62e550468e44dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7816f6888804e60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Top 20 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>