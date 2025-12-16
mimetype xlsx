--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd60ef16703e4ebe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00fa6bf756204676" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43f6582d267c49d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d10640efe38471d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1849773529fe4c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43f6582d267c49d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2685450ff384a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d10640efe38471d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha-Tower</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>133,137</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>