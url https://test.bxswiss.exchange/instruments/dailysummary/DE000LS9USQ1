--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00fa6bf756204676" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5449c4a6802c4b51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d10640efe38471d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaa2083fc2c34e3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2685450ff384a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d10640efe38471d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R059e84b8f7b84d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaa2083fc2c34e3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha-Tower</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...527 lines deleted...]
-          <x:t>133,725</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>