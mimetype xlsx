--- v0 (2025-10-01)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc764f48e625642cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R700db6364e814332" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0d9162fdd4049d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e18e2df71604bda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R370d065dab9e4783" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0d9162fdd4049d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf23a8be2d0346a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e18e2df71604bda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>156,190</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>