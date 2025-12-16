--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R696af7d4d59e4831" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8f2de77e6d64314" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R244c7cdf21404cac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d568feaf5fd42fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d09ce7d805949b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R244c7cdf21404cac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02e502379d0d4b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d568feaf5fd42fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solidvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>130,907</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>