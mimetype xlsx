--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8f2de77e6d64314" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5952c8706684ae7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d568feaf5fd42fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0606cd90c9834d1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02e502379d0d4b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d568feaf5fd42fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd5e43fe487e4bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0606cd90c9834d1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solidvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>130,885</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,654</x:t>
-[...328 lines deleted...]
-          <x:t>131,594</x:t>
+          <x:t>130,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>