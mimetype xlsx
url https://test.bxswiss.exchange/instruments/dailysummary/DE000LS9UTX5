--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91f7c7357a034111" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e659b1221e47db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb65a043faddd4219"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2876630240394e1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6f1d64d470840d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb65a043faddd4219" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8d20c79a7fe4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2876630240394e1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BehindTheCurtain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>110,679</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>