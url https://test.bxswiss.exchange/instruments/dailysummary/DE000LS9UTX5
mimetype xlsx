--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e659b1221e47db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288d07128f0a4b87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2876630240394e1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35432276ef8f4c2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8d20c79a7fe4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2876630240394e1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05b64fd2577a4351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35432276ef8f4c2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BehindTheCurtain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,865</x:t>
-[...414 lines deleted...]
-          <x:t>109,953</x:t>
+          <x:t>110,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>