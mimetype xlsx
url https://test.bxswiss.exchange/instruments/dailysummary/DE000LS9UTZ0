--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2595bbf25bb94c6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbfb8025ae4c4639" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R896f4b7681d34855"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4824ac46ffa14628"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b1d7773733c4db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R896f4b7681d34855" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1b063fc235a4830" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4824ac46ffa14628" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Mental Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>122,993</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,097</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>126,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>