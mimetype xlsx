--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbfb8025ae4c4639" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7df5f7ec68084e89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4824ac46ffa14628"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e9e3c51b9164e42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1b063fc235a4830" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4824ac46ffa14628" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc1723e8d57146ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e9e3c51b9164e42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Mental Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,553</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>