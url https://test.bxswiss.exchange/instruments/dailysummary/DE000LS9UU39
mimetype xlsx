--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9fce4403de5438b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a19a495fc2d4025" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21d18ef540ab48ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b407724b9d4f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1affcc7141d94b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21d18ef540ab48ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d4a44d3b8a44f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b407724b9d4f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopWerte Staatsfonds Norwegen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>115,323</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>