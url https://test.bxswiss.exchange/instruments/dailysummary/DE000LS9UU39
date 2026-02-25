--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a19a495fc2d4025" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R322819c957ca4296" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b407724b9d4f2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ca1009f568f4004"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d4a44d3b8a44f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b407724b9d4f2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4bfedd654ce458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ca1009f568f4004" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopWerte Staatsfonds Norwegen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,711</x:t>
-[...247 lines deleted...]
-          <x:t>119,993</x:t>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>