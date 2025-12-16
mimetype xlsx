--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c0818ae75b140e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e1fe8c6ffd04a6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66f07fe20d64435c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3878b24a2224b0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R031bc9a5082b4a74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66f07fe20d64435c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61f4e94df5f421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3878b24a2224b0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autom_S1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>159,543</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>