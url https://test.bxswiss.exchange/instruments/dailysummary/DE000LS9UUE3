--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e1fe8c6ffd04a6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64ed23bfb9324646" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3878b24a2224b0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30722883c25947a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61f4e94df5f421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3878b24a2224b0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4455af3aa4034778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30722883c25947a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autom_S1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>162,415</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,111</x:t>
-[...146 lines deleted...]
-          <x:t>164,374</x:t>
+          <x:t>163,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,667</x:t>
-[...220 lines deleted...]
-          <x:t>165,778</x:t>
+          <x:t>166,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>