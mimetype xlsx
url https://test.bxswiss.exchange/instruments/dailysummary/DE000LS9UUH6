--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73935938b5ce41d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cd4b49093ec4d9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e1025366b3c4915"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03ee2a10ce8b4344"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9edd5d476c084879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e1025366b3c4915" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4050b652002e4224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03ee2a10ce8b4344" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>173,889</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>