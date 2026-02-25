--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cd4b49093ec4d9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3328f02a8a054452" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03ee2a10ce8b4344"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2366afac175341be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4050b652002e4224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03ee2a10ce8b4344" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8329f668a62424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2366afac175341be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>143,997</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,373</x:t>
-[...188 lines deleted...]
-          <x:t>141,912</x:t>
+          <x:t>142,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>