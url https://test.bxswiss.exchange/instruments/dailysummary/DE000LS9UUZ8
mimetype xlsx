--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0fb9613cccd4038" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6d89fbaaa8646c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4694d29f583a447a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827c384e8a6a476f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519da91a5fa94059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4694d29f583a447a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1629e6a40a294a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827c384e8a6a476f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Trading Europe North America</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>102,439</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>