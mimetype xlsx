--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6d89fbaaa8646c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0dafd262e244552" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827c384e8a6a476f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e899b5627c14a3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1629e6a40a294a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827c384e8a6a476f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6161464d3967465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e899b5627c14a3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Trading Europe North America</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>