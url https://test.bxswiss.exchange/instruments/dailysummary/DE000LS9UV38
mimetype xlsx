--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0cb3ea034084621" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8c80642e46c4ec5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf47044d926ad477d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc4e322af3344ebc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2562f700064dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf47044d926ad477d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd448977d88804bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc4e322af3344ebc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Suendenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UV38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>148,742</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>