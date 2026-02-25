--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8c80642e46c4ec5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5a9d7749d0b4274" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc4e322af3344ebc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0b785cb40814d06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd448977d88804bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc4e322af3344ebc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5480f6634534aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0b785cb40814d06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Suendenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UV38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>