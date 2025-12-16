--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd4b2707b01a42ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad15b2d5d8c345d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc651d2d9209240b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924b10036b534f86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5046ddfa4e6941c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc651d2d9209240b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R823e403939aa483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924b10036b534f86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Artificial Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>142,945</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>