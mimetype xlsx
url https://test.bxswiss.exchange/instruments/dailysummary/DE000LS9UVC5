--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad15b2d5d8c345d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ad9060f44194869" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924b10036b534f86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6b523dae1b48d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R823e403939aa483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924b10036b534f86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd094d1fa928d43de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6b523dae1b48d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Artificial Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,095</x:t>
-[...63 lines deleted...]
-          <x:t>144,482</x:t>
+          <x:t>139,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>