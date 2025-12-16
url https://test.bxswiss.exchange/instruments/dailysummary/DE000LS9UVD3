--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0149fc9f26eb4e66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74090b138fbf4842" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra003a88755de4446"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8cf5ba2d4c34ad0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e6cf30db9f54206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra003a88755de4446" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe2b990689c74c5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8cf5ba2d4c34ad0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abraxas USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>114,481</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,305</x:t>
-[...328 lines deleted...]
-          <x:t>115,863</x:t>
+          <x:t>111,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>