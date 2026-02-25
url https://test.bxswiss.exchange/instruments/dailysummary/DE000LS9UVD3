--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74090b138fbf4842" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R341095d284a7497e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8cf5ba2d4c34ad0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d0cc63bef4b4bc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe2b990689c74c5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8cf5ba2d4c34ad0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8aacd7b29c0423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d0cc63bef4b4bc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abraxas USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UVD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,173</x:t>
-[...63 lines deleted...]
-          <x:t>115,191</x:t>
+          <x:t>114,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>