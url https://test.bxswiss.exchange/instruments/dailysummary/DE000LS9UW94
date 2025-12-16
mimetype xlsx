--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7d40dec42604525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95bbb4ccb09f4036" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb46e90e9eee741f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2930f7947634bfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b56f6f67f3248fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb46e90e9eee741f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07a8b9d8dd6a4a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2930f7947634bfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20 Jahr Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>120,003</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,019</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>120,495</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>