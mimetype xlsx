--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95bbb4ccb09f4036" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78ba931e9c0146d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2930f7947634bfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69758d5ce8b84691"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07a8b9d8dd6a4a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2930f7947634bfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c6e519c3ef42d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69758d5ce8b84691" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20 Jahr Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UW94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>125,505</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,906</x:t>
-[...215 lines deleted...]
-          <x:t>123,449</x:t>
+          <x:t>124,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>