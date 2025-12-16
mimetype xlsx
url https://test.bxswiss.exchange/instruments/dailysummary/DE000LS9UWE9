--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f50f50708c54c78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d3f20cfe3a54ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a0d8b41f4cd4b7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ae528db71774606"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5deb8c0dddfc4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a0d8b41f4cd4b7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4c52cff13c64b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ae528db71774606" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>132,696</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>