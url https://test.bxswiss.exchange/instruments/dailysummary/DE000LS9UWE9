--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d3f20cfe3a54ba7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3696c807379740f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ae528db71774606"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R474fbf7a51a64a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4c52cff13c64b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ae528db71774606" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc77efbf1ecf347b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R474fbf7a51a64a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>136,861</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>136,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>