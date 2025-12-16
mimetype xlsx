--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34c0b961a2604387" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95bcb2b9bcd94c9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re01010290348403b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refbd8c335dd0402e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11887e8ced4742d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re01010290348403b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147f64b059ef4000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refbd8c335dd0402e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Primacy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>136,245</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>