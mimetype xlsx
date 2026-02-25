--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95bcb2b9bcd94c9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7ffb274a3174957" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refbd8c335dd0402e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra036d270447f494c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147f64b059ef4000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refbd8c335dd0402e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1990c1b3a5b4a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra036d270447f494c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Primacy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>