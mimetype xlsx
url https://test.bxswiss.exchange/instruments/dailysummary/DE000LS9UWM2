--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R030059c3ef784b05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4a2f63cd2fc4263" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd93c8ad7d6af4574"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcee04442fb1e43ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1183675e31f40ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd93c8ad7d6af4574" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8291a69d48e4dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcee04442fb1e43ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BACK IN JAPAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>104,713</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,864</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>104,474</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>