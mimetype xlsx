--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4a2f63cd2fc4263" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R339de10ed6ad471e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcee04442fb1e43ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4daf6b30c1984446"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8291a69d48e4dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcee04442fb1e43ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68034e9a1cb14a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4daf6b30c1984446" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BACK IN JAPAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>