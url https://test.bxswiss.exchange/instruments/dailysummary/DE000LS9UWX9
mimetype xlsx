--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb9827f38ebb4090" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R565754bc16f04dc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fd34f706d684a63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1d4467869c1437e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c5cf5da8b44609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fd34f706d684a63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree0f449773b14a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1d4467869c1437e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Projekt Platin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>94,845</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,240</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>94,093</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>