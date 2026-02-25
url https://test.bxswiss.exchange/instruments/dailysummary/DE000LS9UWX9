--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R565754bc16f04dc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04fd491145f04196" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1d4467869c1437e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R533281271d4c4298"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree0f449773b14a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1d4467869c1437e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R013acfd0cd2e4a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R533281271d4c4298" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Projekt Platin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UWX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>