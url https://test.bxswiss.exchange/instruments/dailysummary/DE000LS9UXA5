--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3861cd73e4df4435" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21766c48fb9743ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c02f5b3234f40e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b3346af1d4840a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c0e1d2b5d684fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c02f5b3234f40e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra94beb3dbefa42bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b3346af1d4840a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Endurance Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>106,669</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>