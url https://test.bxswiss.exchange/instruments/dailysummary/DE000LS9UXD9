--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad5fb1ebf7124512" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fb018403dd94439" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1506dea1dc664040"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb45145b4c6664421"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad6ded39e1524af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1506dea1dc664040" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R384150a245234ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb45145b4c6664421" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU-US Unterbewertet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UXD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,551</x:t>
-[...144 lines deleted...]
-          <x:t>111,442</x:t>
+          <x:t>110,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>